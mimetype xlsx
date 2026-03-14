--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -2,66 +2,66 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\arta.tamane\Documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kitija.gaidele\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27A4171E-2998-46B7-A61C-314D20D55233}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F45E94F7-B2B2-427D-BDEE-310031F85A95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{423EFEDF-8F0F-CA41-A1B8-E6826AC58D96}"/>
+    <workbookView xWindow="-9110" yWindow="-21710" windowWidth="38620" windowHeight="21100" xr2:uid="{423EFEDF-8F0F-CA41-A1B8-E6826AC58D96}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025_2026" sheetId="1" r:id="rId1"/>
+    <sheet name="2024_2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025_2026'!$A$4:$K$9</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2024_2025'!$A$4:$K$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="82">
   <si>
     <t>Saskaņots</t>
@@ -90,56 +90,50 @@
   <si>
     <t>Izglītības programmas īstenošanas vieta</t>
   </si>
   <si>
     <t>Reorganizācijas tips</t>
   </si>
   <si>
     <t>Reorganizācijas veids</t>
   </si>
   <si>
     <t>Iestādes tips</t>
   </si>
   <si>
     <t>Izglītības iestāde</t>
   </si>
   <si>
     <t>Dibinātājs</t>
   </si>
   <si>
     <t>Plānošanas reģions</t>
   </si>
   <si>
     <t>Likvidācija</t>
   </si>
   <si>
-    <t>2025./2026. mācību gadā pašvaldību pieņemtie lēmumi par izglītības iestāžu reorganizācijām vai to dibināšanu</t>
-[...4 lines deleted...]
-  <si>
     <t>Vidzeme</t>
   </si>
   <si>
     <t>Alūksnes novada pašvaldība</t>
   </si>
   <si>
     <t>Jaunalūksnes PII "Pūcīte"</t>
   </si>
   <si>
     <t>31.10.2025.</t>
   </si>
   <si>
     <t>PII Pūcīte beidz pastāvēt, pirmsskolas izglītības programmu nodots īstenot PII Pienenīte</t>
   </si>
   <si>
     <t>28.07.2025.</t>
   </si>
   <si>
     <t>Zemgale</t>
   </si>
   <si>
     <t>Bauskas novada pašvaldība</t>
   </si>
   <si>
     <t>Zālītes pamatskola</t>
@@ -287,50 +281,56 @@
     <t>Ludzas 2. vidusskolas un Ludzas vidusskolas reorganizācija, izveidojot Ludzas vidusskolu</t>
   </si>
   <si>
     <t>Taurupes pamatskola</t>
   </si>
   <si>
     <t>Ķeipenes pamatskola</t>
   </si>
   <si>
     <t>Madlienas vidusskola</t>
   </si>
   <si>
     <t>27.11.2025.</t>
   </si>
   <si>
     <t>turpina pastāvēt</t>
   </si>
   <si>
     <t>Kurzeme</t>
   </si>
   <si>
     <t>Saldus novada pašvaldība</t>
   </si>
   <si>
     <t>Lutriņu pamatskola</t>
+  </si>
+  <si>
+    <t>Dati atjaunoti 15.01.2026.</t>
+  </si>
+  <si>
+    <t>2024./2025. mācību gadā pašvaldību pieņemtie lēmumi par izglītības iestāžu reorganizācijām vai to dibināšanu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
@@ -458,87 +458,86 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -894,717 +893,717 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{761E1CB4-EC92-B04C-B08B-0B539AC43C05}">
   <dimension ref="A1:K30"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="K22" sqref="A4:K22"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="F34" sqref="F34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.9140625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="17.5" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="31.4140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="25" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.4140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="33.1640625" style="1" customWidth="1"/>
     <col min="7" max="7" width="13.1640625" style="1" customWidth="1"/>
     <col min="8" max="8" width="26.58203125" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.1640625" style="2" customWidth="1"/>
     <col min="10" max="10" width="10.9140625" style="2" customWidth="1"/>
     <col min="11" max="11" width="8.6640625" style="2" customWidth="1"/>
     <col min="12" max="16384" width="10.9140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="22.5" x14ac:dyDescent="0.45">
-      <c r="A1" s="23" t="s">
-        <v>16</v>
+      <c r="A1" s="22" t="s">
+        <v>81</v>
       </c>
       <c r="B1" s="9"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A2" s="24" t="s">
-        <v>17</v>
+      <c r="A2" s="23" t="s">
+        <v>80</v>
       </c>
       <c r="B2" s="9"/>
     </row>
     <row r="3" spans="1:11" ht="1.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="4" spans="1:11" s="5" customFormat="1" ht="60.65" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="11" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="11" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>9</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="11" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="12" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="K4" s="12" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="13" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="F5" s="18" t="s">
+      <c r="F5" s="17" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="13"/>
-      <c r="H5" s="34" t="s">
-        <v>22</v>
+      <c r="H5" s="33" t="s">
+        <v>20</v>
       </c>
       <c r="I5" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="J5" s="14" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="K5" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="13" t="s">
+      <c r="D6" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="F6" s="18" t="s">
+      <c r="F6" s="17" t="s">
         <v>1</v>
       </c>
       <c r="G6" s="13" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="H6" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="I6" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="J6" s="14" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="K6" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="15" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B7" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="13" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E7" s="13" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="H7" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="H7" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" s="14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="J7" s="14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="15" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B8" s="13" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C8" s="15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D8" s="13" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E8" s="15" t="s">
         <v>2</v>
       </c>
       <c r="F8" s="15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G8" s="13"/>
-      <c r="H8" s="18" t="s">
-        <v>37</v>
+      <c r="H8" s="17" t="s">
+        <v>35</v>
       </c>
       <c r="I8" s="14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="J8" s="14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="15" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B9" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="C9" s="13" t="s">
+      <c r="F9" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="D9" s="13" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="13" t="s">
+      <c r="G9" s="13"/>
+      <c r="H9" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="I9" s="16" t="s">
         <v>40</v>
       </c>
-      <c r="F9" s="13" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="J9" s="16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="25" t="s">
+      <c r="A10" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="26" t="s">
+      <c r="D10" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="F10" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" s="25"/>
+      <c r="H10" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="C10" s="26" t="s">
+      <c r="I10" s="31" t="s">
         <v>47</v>
       </c>
-      <c r="D10" s="26" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="26" t="s">
+      <c r="J10" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" s="31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="F10" s="26" t="s">
-[...6 lines deleted...]
-      <c r="I10" s="32" t="s">
+      <c r="F11" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" s="25"/>
+      <c r="H11" s="30" t="s">
+        <v>46</v>
+      </c>
+      <c r="I11" s="31" t="s">
+        <v>47</v>
+      </c>
+      <c r="J11" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="K11" s="31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="28" t="s">
         <v>49</v>
       </c>
-      <c r="J10" s="32" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="32" t="s">
+      <c r="D12" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="F12" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="25"/>
+      <c r="H12" s="30" t="s">
+        <v>46</v>
+      </c>
+      <c r="I12" s="31" t="s">
+        <v>47</v>
+      </c>
+      <c r="J12" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" s="31" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C11" s="30" t="s">
+    <row r="13" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="24" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="26" t="s">
-[...29 lines deleted...]
-      <c r="C12" s="29" t="s">
+      <c r="B13" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="26" t="s">
-[...23 lines deleted...]
-      <c r="A13" s="25" t="s">
+      <c r="C13" s="26" t="s">
         <v>52</v>
       </c>
-      <c r="B13" s="26" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="30" t="s">
+      <c r="D13" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="E13" s="26" t="s">
+      <c r="E13" s="25" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G13" s="13" t="s">
-        <v>29</v>
-[...10 lines deleted...]
-      <c r="K13" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H13" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="I13" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="J13" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="25" t="s">
-[...8 lines deleted...]
-      <c r="D14" s="30" t="s">
+      <c r="A14" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" s="25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C14" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="E14" s="26" t="s">
+      <c r="E14" s="25" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="15" t="s">
         <v>1</v>
       </c>
       <c r="G14" s="13" t="s">
-        <v>29</v>
-[...10 lines deleted...]
-      <c r="K14" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="I14" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="J14" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="K14" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="28.5" x14ac:dyDescent="0.35">
       <c r="A15" s="13" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B15" s="13" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C15" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" s="13"/>
+      <c r="H15" s="17" t="s">
         <v>60</v>
-      </c>
-[...11 lines deleted...]
-        <v>62</v>
       </c>
       <c r="I15" s="14"/>
       <c r="J15" s="14" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="K15" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A16" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="B16" s="13" t="s">
+      <c r="D16" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="H16" s="17"/>
+      <c r="I16" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="J16" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K16" s="31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="21" customFormat="1" ht="28.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="34" t="s">
         <v>64</v>
       </c>
-      <c r="C16" s="13" t="s">
+      <c r="D17" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="H17" s="20"/>
+      <c r="I17" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="J17" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K17" s="31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="9" customFormat="1" ht="42.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="D16" s="26" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="21" t="s">
+      <c r="C18" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="F18" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="G16" s="13" t="s">
-[...53 lines deleted...]
-      <c r="C18" s="19" t="s">
+      <c r="H18" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="I18" s="14" t="s">
         <v>68</v>
       </c>
-      <c r="D18" s="26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J18" s="14" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="K18" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11" s="9" customFormat="1" ht="42.5" x14ac:dyDescent="0.35">
       <c r="A19" s="15" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B19" s="15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="E19" s="26" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" s="25" t="s">
         <v>2</v>
       </c>
       <c r="F19" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G19" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="G19" s="18" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="18"/>
+      <c r="H19" s="17"/>
       <c r="I19" s="14" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="J19" s="14" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="K19" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="42.5" x14ac:dyDescent="0.35">
       <c r="A20" s="13"/>
       <c r="B20" s="13"/>
-      <c r="C20" s="17" t="s">
+      <c r="C20" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G20" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="H20" s="17"/>
+      <c r="I20" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="J20" s="14" t="s">
         <v>75</v>
-      </c>
-[...17 lines deleted...]
-        <v>77</v>
       </c>
       <c r="K20" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A21" s="13"/>
       <c r="B21" s="13"/>
       <c r="C21" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G21" s="8" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>78</v>
       </c>
       <c r="H21" s="14"/>
       <c r="I21" s="14" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="J21" s="14" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="K21" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A22" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C22" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="B22" s="13" t="s">
-[...6 lines deleted...]
-        <v>28</v>
+      <c r="D22" s="18" t="s">
+        <v>26</v>
       </c>
       <c r="E22" s="13" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="13" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G22" s="13" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="H22" s="20"/>
+        <v>27</v>
+      </c>
+      <c r="H22" s="19"/>
       <c r="I22" s="14" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="J22" s="14" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="K22" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11" s="9" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A23" s="7"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
-      <c r="D23" s="19"/>
+      <c r="D23" s="18"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="7"/>
       <c r="H23" s="10"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
@@ -1690,56 +1689,55 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G13:G20">
     <cfRule type="containsText" dxfId="0" priority="1" stopIfTrue="1" operator="containsText" text="Nav informācija">
       <formula>NOT(ISERROR(SEARCH("Nav informācija",G13)))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="bde2f343-8c82-4bcb-b696-8b24a46db8ab" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010027E10C855B73DC4DB189E7C66FE72AC3" ma:contentTypeVersion="9" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="7e4af2754ed0febd1d4737c26aeec2f9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="bde2f343-8c82-4bcb-b696-8b24a46db8ab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="62c88edb825e4d9f8e3eebef57f8d38f" ns3:_="">
     <xsd:import namespace="bde2f343-8c82-4bcb-b696-8b24a46db8ab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -1873,117 +1871,118 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63D1E8FD-9050-457A-82BD-280A62D25DE3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F39C6F82-130F-4151-B757-BA00F1C43327}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bde2f343-8c82-4bcb-b696-8b24a46db8ab"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5BE4756-BD3B-4F0C-ADAC-B55340E38145}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bde2f343-8c82-4bcb-b696-8b24a46db8ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F39C6F82-130F-4151-B757-BA00F1C43327}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63D1E8FD-9050-457A-82BD-280A62D25DE3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="bde2f343-8c82-4bcb-b696-8b24a46db8ab"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025_2026</vt:lpstr>
+      <vt:lpstr>2024_2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ramona Urtāne</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010027E10C855B73DC4DB189E7C66FE72AC3</vt:lpwstr>
   </property>